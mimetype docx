--- v0 (2025-12-13)
+++ v1 (2026-01-31)
@@ -1,1200 +1,4061 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3FA7F5A2" w14:textId="5E5DE989" w:rsidR="00301C84" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22D7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Lathund för avidentifiering av dokument</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364823CC" w14:textId="3FD73F66" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="364823CC" w14:textId="16801DC1" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">De dokument du skickar till </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">De dokument du skickar till Forskul ska vara avidentifierade. Det innebär att författarens namn ska tas bort och även att all </w:t>
+      </w:r>
+      <w:r w:rsidR="004048D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">annan information i dokumentets </w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Forskul</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>metadata</w:t>
+      </w:r>
+      <w:r w:rsidR="004048D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ska vara avidentifierade. Det innebär att författarens namn ska tas bort och även att all metadata som användarnamn och initialer är anonymiserade.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004048D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>som kan identifiera författaren, är borta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08920A9A" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="2654DFD6" w14:textId="6AE6EBC5" w:rsidR="00434222" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Genom att ändra inställningarna i ditt ordbehandlingsprogram försäkrar du att dina dokument, och de kommentarer du lämnar i andra dokument, är anonyma. Du kan välja att bara skriva X eller att helt ta bort författarinformation.</w:t>
+        <w:t xml:space="preserve">Genom att ändra inställningarna i ditt ordbehandlingsprogram försäkrar du att dina dokument, och de </w:t>
+      </w:r>
+      <w:r w:rsidR="004048D1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ändringar och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kommentarer </w:t>
+      </w:r>
+      <w:r w:rsidR="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">som </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du lämnar i andra dokument, är anonyma. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AD76FB" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="08920A9A" w14:textId="30DA2BEA" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avidentifiering av ett enskilt </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Du kan välja att </w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>ändra ditt författarnamn och dina initialer</w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>worddokument</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> eller att ta bort </w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> innebär både att författaren till dokumentet tas bort och att eventuella kommentarer i texten blir avidentifierade.</w:t>
+        <w:t>författarinformation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21865357" w14:textId="53D50CD4" w:rsidR="00301C84" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="65AD76FB" w14:textId="5E4F44E2" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="004048D1" w:rsidP="00301C84">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det säkraste sättet att försäkra sig om att </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ett </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>dokumentet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är helt avidentifierat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är att använda i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nställningen </w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Ta</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bort all personlig information när dokumentet sparas”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>. Det</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22D7F" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">innebär </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">att all metadata och </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">samtliga </w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Nedan följer korta instruktioner för hur information kan tas bort för PC och Mac.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22D7F" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>författar</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>namn</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F22D7F" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och initialer </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22D7F" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>i texten blir avidentifierade</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> varje gång dokumentet sparas</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22D7F" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2DECE1" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="002B3266" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
-[...13 lines deleted...]
-    <w:p w14:paraId="15E55F6A" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="21865357" w14:textId="359E804C" w:rsidR="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Om du vill visa sekretessalternativen i Microsoft 365, Office 2016 eller Office 2019 i Windows:</w:t>
+        <w:t xml:space="preserve">Nedan följer instruktioner för hur information kan tas bort </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C7A" w:rsidRPr="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Word för Microsoft 365 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>för PC och Mac.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A5C98F" w14:textId="6058D243" w:rsidR="00B71F0C" w:rsidRPr="00301C84" w:rsidRDefault="00B71F0C" w:rsidP="00B71F0C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>PC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6105F24C" w14:textId="47F24210" w:rsidR="00380B14" w:rsidRPr="002B3266" w:rsidRDefault="00380B14" w:rsidP="00380B14">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ändra användarnamn och initialer för kommentarer av dokument - i Word för PC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1F7A97" w14:textId="076A4CD1" w:rsidR="00BC5498" w:rsidRPr="00467D11" w:rsidRDefault="00380B14" w:rsidP="00BC5498">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ibland vill du kunna kommentera ett dokument som ”Författare” eller ”Granskare” för att koppla kommentarer eller spåra ändringar till en roll eller funktion. I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C370AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Allmänna alternativ för att arbeta i Word</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan du ändra och ta och ta bort personlig information för samtliga dokument som din användare skriver i. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Alternativ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00654B26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allmänt. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380B14">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anpassa din kopia av Microsoft Office </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380B14">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>kan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du byta författarnamn och initialer. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380B14">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Kryssa i "Använd alltid dessa värden oavsett inloggning i Office". </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Då kommer samtliga dokument som du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skapar </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ändrar i eller kommenterar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>visa detta författarnamn och initialer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2D390F" w14:textId="352765DF" w:rsidR="00380B14" w:rsidRDefault="00380B14" w:rsidP="00380B14">
+      <w:pPr>
+        <w:spacing w:after="180" w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A59A7B0" w14:textId="77777777" w:rsidR="00512572" w:rsidRDefault="00512572" w:rsidP="00512572">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3266">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Dokumentspecifika inställningar för Word för Microsoft 365</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för PC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C82E5AD" w14:textId="437BE9A3" w:rsidR="00512572" w:rsidRDefault="00512572" w:rsidP="00512572">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vill du </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>kontrollera och ändra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inställningar i ett enskilt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>worddokument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan du öppna en sammanfattning av dokumentets Egenskaper genom att klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00654B26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>nfo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>. I högerspalt ser du bland annat författarinformation under Relaterade författare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4A57C4" w14:textId="2AEF330D" w:rsidR="00BB41F8" w:rsidRPr="002B3266" w:rsidRDefault="00BB41F8" w:rsidP="00BB41F8">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ändra författarnamn i Worddokument för PC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E3263EB" w14:textId="03BEF2F4" w:rsidR="00A77B03" w:rsidRDefault="00380B14" w:rsidP="00A77B03">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ändra författarnamn i ett enskilt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>worddokument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan detta göras i dokumentinställningarna. Klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C7A" w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00654B26" w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00654B26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C7A" w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>nfo</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>. I högerspalt (Egenskaper), u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77B03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nder </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77B03" w:rsidRPr="00A77B03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Relaterade personer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77B03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finner du </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77B03" w:rsidRPr="00A77B03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Författare</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77B03">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. För att byta namn på författare högerklicka på författarens namn och välj </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB41F8" w:rsidRPr="00BB41F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Redigera egenskap</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB41F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785B455E" w14:textId="7E75F992" w:rsidR="00BB41F8" w:rsidRPr="007328A7" w:rsidRDefault="00BB41F8" w:rsidP="007328A7">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta bort all personlig information när </w:t>
+      </w:r>
+      <w:r w:rsidR="007328A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>dokumentet sparas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007328A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>– för PC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66DC367D" w14:textId="6D99081C" w:rsidR="00B71F0C" w:rsidRDefault="00512572" w:rsidP="00301C84">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att försäkra dig om att ingen personlig information sparas i dokumentet är det lättast att ändra inställningar så att all personlig information försvinner när filen sparas. Notera att du bör spara en ny </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">kopia först för att inte förlora viktig information i ursprungsdokumentet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2" w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentkontrollen</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hjälper dig att hitta och ta bort personlig information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B8A19BC" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Klicka</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> Alternativ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...83 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487859A4" w14:textId="679FAD08" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="487859A4" w14:textId="679FAD08" w:rsidR="00F22D7F" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Klicka på fliken </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Säkerhetscenter &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inställningar för </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>säkerhetscenter &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> Sekretessalternativ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Säkerhetscenter &gt;</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1379A177" w14:textId="77777777" w:rsidR="00467D11" w:rsidRDefault="00EF4759" w:rsidP="00301C84">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Under Dokumentspecifika egenskaper</w:t>
+      </w:r>
+      <w:r w:rsidR="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentkontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA80998" w14:textId="7E84B533" w:rsidR="00EF4759" w:rsidRDefault="00467D11" w:rsidP="00301C84">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>arkerar eller avmarkerar du alternativ som du vill</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontrollera och kunna</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ta bort eller spara (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4759" w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentegenskaper och personlig information</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4759" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Klicka sedan på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Kontrollera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D32540" w14:textId="77777777" w:rsidR="00467D11" w:rsidRPr="00301C84" w:rsidRDefault="00467D11" w:rsidP="00467D11">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t> Inställningar för säkerhetscenter &gt; Sekretessalternativ.</w:t>
+        <w:t>Granska resultatet av kontrollen i dialogrutan Dokumentkontroll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C13BA8D" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="002B3266" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
-[...10 lines deleted...]
-        <w:t>Dokumentspecifika inställningar för Word för Microsoft 365</w:t>
+    <w:p w14:paraId="1A48C8FE" w14:textId="77777777" w:rsidR="00467D11" w:rsidRDefault="00467D11" w:rsidP="00467D11">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Ta bort alla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> bredvid kontrollresultatet för de typer av dolt innehåll som du vill ta bort från dokumentet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentegenskaper och personlig information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE88220" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="30FF82E6" w14:textId="72139289" w:rsidR="00467D11" w:rsidRDefault="00467D11" w:rsidP="00467D11">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När du har stängt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dialogrutan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dokumentkontroll kan du sedan se </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB41F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">att rutan är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>iklickad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta bort personlig information från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>filegenskaperna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> när filen sparas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vilket i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>nebär att alla som framöver arbetar i dokumentet avidentifieras då de sparar det.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE88220" w14:textId="03A7341D" w:rsidR="00F22D7F" w:rsidRPr="007328A7" w:rsidRDefault="007328A7" w:rsidP="007328A7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Om du arbetar i ett dokument och vill ta bort all personlig information när du sparar det kan du enkelt komma åt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007328A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentkontrollen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för det enskilda dokumentet. Spara först en kopia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D4C35E" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Öppna Word-dokumentet och spara en kopia av dokumentet genom att klicka på fliken Arkiv, Spara som och skriv ett namn i rutan Filnamn.</w:t>
+        <w:t>Klicka på fliken </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> och sedan på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Info</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> i kopian av det ursprungliga dokumentet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D4C35E" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="2A57BA67" w14:textId="1A90AED2" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Klicka på fliken Arkiv och sedan på Info i kopian av det ursprungliga dokumentet.</w:t>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Felsök</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>/kontrollera fel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> och klicka sedan på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Kontrollera dokument</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A57BA67" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="0296BF50" w14:textId="2E928E08" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Klicka på Felsök och klicka sedan på Kontrollera dokument.</w:t>
+        <w:t>Markera kryssrutorna för de typer av dolt innehåll som du vill kontrollera i dialogrutan Dokumentkontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2" w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentegenskaper och personlig information</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0296BF50" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="6C3614E2" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Markera kryssrutorna för de typer av dolt innehåll som du vill kontrollera i dialogrutan Dokumentkontroll.</w:t>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Kontrollera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3614E2" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="71CC247A" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Klicka</w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Granska resultatet av kontrollen i dialogrutan Dokumentkontroll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71CC247A" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="04106931" w14:textId="4F7B1ADC" w:rsidR="00F22D7F" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Granska resultatet av kontrollen i dialogrutan Dokumentkontroll.</w:t>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Ta bort alla</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>bredvid kontrollresultatet för de typer av dolt innehåll som du vill ta bort från dokumentet</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2" w:rsidRPr="00467D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Dokumentegenskaper och personlig information</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04106931" w14:textId="66FF065E" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
+    <w:p w14:paraId="044BEB79" w14:textId="413D7434" w:rsidR="00050FA2" w:rsidRPr="00050FA2" w:rsidRDefault="00EF4759" w:rsidP="00050FA2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När du har stängt Dokumentkontrollen </w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan du sedan se </w:t>
+      </w:r>
+      <w:r w:rsidR="00133CAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informationstexten under Kontrollera dokument: ”Med inställningen tas egenskaper och personlig information bort automatiskt när filen sparas”, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>vilket i</w:t>
+      </w:r>
+      <w:r w:rsidR="00133CAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>nebär att alla som framöver arbetar i dokumentet avidentifieras då de sparar det</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502FFA19" w14:textId="3DD2587E" w:rsidR="00B71F0C" w:rsidRDefault="00B71F0C" w:rsidP="00B71F0C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FBC3DA" w14:textId="57823735" w:rsidR="00512572" w:rsidRPr="002B3266" w:rsidRDefault="00512572" w:rsidP="00512572">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ändra användarnamn och initialer för kommentarer av dokument - i Word för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B3266">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C958792" w14:textId="78499A86" w:rsidR="00512572" w:rsidRPr="00467D11" w:rsidRDefault="00C370AC" w:rsidP="00512572">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ibland vill du kunna kommentera ett dokument som ”Författare” eller ”Granskare” för att koppla kommentarer eller spåra ändringar till en roll eller funktion. </w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00512572" w:rsidRPr="00C370AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Inställningar för Word</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan du ändra och ta och ta bort personlig information för samtliga dokument som din användare skriver i. </w:t>
+      </w:r>
+      <w:r w:rsidR="00512572" w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572" w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00512572" w:rsidRPr="00084BDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> Alternativ</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00512572" w:rsidRPr="003D6532">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>och välj</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Användarinformation </w:t>
+      </w:r>
+      <w:r w:rsidR="00512572" w:rsidRPr="003D6532">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Personliga inställningar</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>. Här kan du byta författarnamn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och initialer</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>. Då kommer samtliga dokument som du skapar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>, ändrar i eller kommenterar visa detta författarnamn och initialer</w:t>
+      </w:r>
+      <w:r w:rsidR="00512572">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143FF3A7" w14:textId="21D543E6" w:rsidR="00512572" w:rsidRDefault="00512572" w:rsidP="00512572">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3266">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dokumentspecifika inställningar för Word för Microsoft 365</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på Mac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74730962" w14:textId="42F5D9B3" w:rsidR="00512572" w:rsidRDefault="00512572" w:rsidP="00512572">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vill du kontrollera </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och ändra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inställningar i ett enskilt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>worddokument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF4759">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">öppna egenskaper för dokumentet under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Egenskaper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Här kan du kontrollera och ändra metadata </w:t>
+      </w:r>
+      <w:r w:rsidR="00C370AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>i dokumentet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10870941" w14:textId="4CE9BAE9" w:rsidR="00C370AC" w:rsidRPr="002B3266" w:rsidRDefault="00C370AC" w:rsidP="00C370AC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ändra författarnamn i Worddokument för Mac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D67D06" w14:textId="504BD6EE" w:rsidR="00C370AC" w:rsidRDefault="00C370AC" w:rsidP="00512572">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att ändra författarnamn i ett enskilt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>worddokument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan detta göras i egenskaperna för dokumentet. Klicka på </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Egenskaper. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C370AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Under fliken</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A66FB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finns </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>redi</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>erbara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00434222">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rutor där du kan ändra författarnamn och annan information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589E0326" w14:textId="58D04E68" w:rsidR="00B71F0C" w:rsidRPr="007328A7" w:rsidRDefault="00B71F0C" w:rsidP="00B71F0C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ta bort all personlig information när dokumentet sparas – för Mac</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F15340F" w14:textId="006B307E" w:rsidR="00133CAC" w:rsidRPr="002A66FB" w:rsidRDefault="00AF7C6F" w:rsidP="00133CAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För att försäkra dig om att ingen personlig information sparas i dokumentet är det lättast att ändra inställningar så att all personlig information försvinner när filen sparas. </w:t>
+      </w:r>
+      <w:r w:rsidR="00133CAC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Notera att du bör spara en ny kopia först för att inte förlora viktig information i ursprungsdokumentet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6A4DFD" w14:textId="3ABA0E13" w:rsidR="00133CAC" w:rsidRPr="00301C84" w:rsidRDefault="00133CAC" w:rsidP="00920436">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Klicka på Ta bort alla bredvid kontrollresultatet för de typer av dolt innehåll som du vill ta bort från dokumentet.</w:t>
+        <w:t>Klicka på fliken </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Verktyg</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>och sedan på </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Skydda dokument.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301C84">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A03334" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="002B3266" w:rsidRDefault="00F22D7F" w:rsidP="00301C84">
-[...14 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="683ECDFB" w14:textId="14E8A6BA" w:rsidR="00133CAC" w:rsidRPr="00301C84" w:rsidRDefault="00133CAC" w:rsidP="00920436">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301C84">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
-        <w:t>Om du vill visa sekretessinställningar i</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Klicka </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i rutan längst ned </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F" w:rsidRPr="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Ta bort person</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F" w:rsidRPr="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>ig information när filen sparas</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0EA69C" w14:textId="49D19F50" w:rsidR="00133CAC" w:rsidRDefault="00133CAC" w:rsidP="00133CAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">När du </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7C6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>har sparat dokumentet</w:t>
+      </w:r>
+      <w:r w:rsidR="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan du</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sedan se </w:t>
+      </w:r>
+      <w:r w:rsidR="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kontrollera dokumentegenskaperna under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A649C0" w:rsidRPr="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Arkiv</w:t>
+      </w:r>
+      <w:r w:rsidR="00654B26">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00301C84">
-[...8 lines deleted...]
-        <w:t>Microsoft 365 eller Office 2016 för Mac:</w:t>
+      <w:r w:rsidR="00A649C0" w:rsidRPr="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A649C0" w:rsidRPr="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Egenskaper</w:t>
+      </w:r>
+      <w:r w:rsidR="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och se att samtliga fält är tomma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF2015A" w14:textId="6C2B3E62" w:rsidR="00F22D7F" w:rsidRDefault="00F22D7F" w:rsidP="00F22D7F">
+    <w:p w14:paraId="7798DFB4" w14:textId="59430BFC" w:rsidR="00A649C0" w:rsidRPr="00050FA2" w:rsidRDefault="00B71F0C" w:rsidP="00133CAC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Det finns ofta flera sätt att komma åt samma funktioner – så även i detta fall. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A649C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sekretessinställningarna för dokumentet </w:t>
+      </w:r>
+      <w:r w:rsidR="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan även hanteras under fliken </w:t>
+      </w:r>
+      <w:r w:rsidR="00920436" w:rsidRPr="00B71F0C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Granska</w:t>
+      </w:r>
+      <w:r w:rsidR="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31691921" w14:textId="6376DF0F" w:rsidR="00F22D7F" w:rsidRPr="00920436" w:rsidRDefault="00F22D7F" w:rsidP="00920436">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Öppna ett Office-program (till exempel Word eller PowerPoint). Gå till </w:t>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Gå till </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00301C84">
-[...8 lines deleted...]
-        <w:t>programmenyn  &gt;</w:t>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Granska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> &gt;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00301C84">
-[...90 lines deleted...]
-      <w:r w:rsidR="00301C84">
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Skydda dokument</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="286785A1" w14:textId="77777777" w:rsidR="00301C84" w:rsidRPr="00301C84" w:rsidRDefault="00301C84" w:rsidP="00301C84">
-[...20 lines deleted...]
-    <w:p w14:paraId="31691921" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="002B3266" w:rsidRDefault="00F22D7F" w:rsidP="00F22D7F">
+    <w:p w14:paraId="086E5E75" w14:textId="49F72A52" w:rsidR="00AB39FC" w:rsidRPr="00654B26" w:rsidRDefault="00F22D7F" w:rsidP="00F22D7F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-      </w:pPr>
-[...98 lines deleted...]
-        </w:drawing>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Sekretess</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5498">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>klickar du i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>Ta bort personlig information när filen sparas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920436">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="sv-SE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F5DBF5" w14:textId="77777777" w:rsidR="00F22D7F" w:rsidRPr="00301C84" w:rsidRDefault="00F22D7F" w:rsidP="00F22D7F">
-[...30 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00AB39FC" w:rsidRPr="00654B26" w:rsidSect="00296E45">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F1BA46B" w14:textId="77777777" w:rsidR="009B054F" w:rsidRDefault="009B054F" w:rsidP="00F22D7F">
+    <w:p w14:paraId="7CE65515" w14:textId="77777777" w:rsidR="00B979EF" w:rsidRDefault="00B979EF" w:rsidP="00F22D7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5529CEAE" w14:textId="77777777" w:rsidR="009B054F" w:rsidRDefault="009B054F" w:rsidP="00F22D7F">
+    <w:p w14:paraId="5CB1FBAE" w14:textId="77777777" w:rsidR="00B979EF" w:rsidRDefault="00B979EF" w:rsidP="00F22D7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60E364EE" w14:textId="77777777" w:rsidR="009B054F" w:rsidRDefault="009B054F" w:rsidP="00F22D7F">
+    <w:p w14:paraId="0ABE6A7E" w14:textId="77777777" w:rsidR="00B979EF" w:rsidRDefault="00B979EF" w:rsidP="00F22D7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FF864C6" w14:textId="77777777" w:rsidR="009B054F" w:rsidRDefault="009B054F" w:rsidP="00F22D7F">
+    <w:p w14:paraId="3DF554FE" w14:textId="77777777" w:rsidR="00B979EF" w:rsidRDefault="00B979EF" w:rsidP="00F22D7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3ABC2464" w14:textId="27FB2DA9" w:rsidR="007C468D" w:rsidRDefault="00F22D7F">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A1364AA" wp14:editId="0509B769">
           <wp:extent cx="1219059" cy="491556"/>
           <wp:effectExtent l="0" t="0" r="635" b="3810"/>
           <wp:docPr id="1426849056" name="Bildobjekt 1426849056" descr="En bild som visar text, Teckensnitt, Grafik, vit&#10;&#10;Automatiskt genererad beskrivning"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1050948786" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, Grafik, vit&#10;&#10;Automatiskt genererad beskrivning"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1212,52 +4073,397 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1243365" cy="501357"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2D2D0409" w14:textId="77777777" w:rsidR="00301C84" w:rsidRDefault="00301C84">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00770A88"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2954DC8C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02A11989"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC821058"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03340470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C55AB616"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05BC3843"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B6EC2812"/>
+    <w:styleLink w:val="Aktuelllista7"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="173E6799"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="684CCC7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1326,51 +4532,312 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E14010B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="65EA2442"/>
+    <w:styleLink w:val="Aktuelllista2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36F104EF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C55AB616"/>
+    <w:styleLink w:val="Aktuelllista5"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="391C393D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="854074E2"/>
+    <w:styleLink w:val="Aktuelllista3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BC11545"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54D4BF7A"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1412,51 +4879,138 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E580012"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="981E3B14"/>
+    <w:styleLink w:val="Aktuelllista4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F3C3513"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB8AE4EC"/>
     <w:styleLink w:val="Aktuelllista1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1499,51 +5053,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44053292"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6EF2C50E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1612,51 +5166,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46E5795B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B19E8F8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1725,54 +5279,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48121C56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="65EA2442"/>
+    <w:tmpl w:val="B6EC2812"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -1811,51 +5365,138 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56217002"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="65EA2442"/>
+    <w:styleLink w:val="Aktuelllista6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A3A1CA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB8AE4EC"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1897,54 +5538,167 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DDE24A2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D02EF22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E0572AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="65EA2442"/>
+    <w:tmpl w:val="981E3B14"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -1983,51 +5737,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72F914BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3EC5ABA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2069,51 +5823,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="760D2903"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2D38209C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2182,51 +5936,137 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="765A3623"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4484E37E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="799B133D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="630E696C"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2269,154 +6109,217 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1060129720">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1354574864">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="751241276">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1211304208">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="201480993">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1120030491">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1881092855">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1696422126">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="116030144">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="401609003">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1746536691">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="998924850">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="441071208">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1637100342">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1354574864">
+  <w:num w:numId="15" w16cid:durableId="1919633047">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1775133154">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2056998374">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1091585327">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1105272999">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="330647368">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="751241276">
+  <w:num w:numId="21" w16cid:durableId="916401388">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1211304208">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="22" w16cid:durableId="1259829650">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="240"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="177"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F22D7F"/>
+    <w:rsid w:val="00050FA2"/>
+    <w:rsid w:val="00084BDD"/>
+    <w:rsid w:val="00133CAC"/>
+    <w:rsid w:val="00224DA9"/>
     <w:rsid w:val="002268E8"/>
     <w:rsid w:val="00281907"/>
+    <w:rsid w:val="002A66FB"/>
     <w:rsid w:val="00301C84"/>
+    <w:rsid w:val="00380B14"/>
+    <w:rsid w:val="003D2FC3"/>
+    <w:rsid w:val="003D6532"/>
+    <w:rsid w:val="004048D1"/>
+    <w:rsid w:val="00434222"/>
+    <w:rsid w:val="00467D11"/>
+    <w:rsid w:val="00512572"/>
+    <w:rsid w:val="00654B26"/>
+    <w:rsid w:val="006C6AE8"/>
+    <w:rsid w:val="006D2B4C"/>
+    <w:rsid w:val="007328A7"/>
     <w:rsid w:val="007C468D"/>
     <w:rsid w:val="00905FD6"/>
+    <w:rsid w:val="00920436"/>
     <w:rsid w:val="00940EAC"/>
     <w:rsid w:val="009B054F"/>
     <w:rsid w:val="009C0B75"/>
+    <w:rsid w:val="009E7C7A"/>
+    <w:rsid w:val="00A649C0"/>
+    <w:rsid w:val="00A77B03"/>
     <w:rsid w:val="00AB39FC"/>
+    <w:rsid w:val="00AF7C6F"/>
+    <w:rsid w:val="00B71F0C"/>
     <w:rsid w:val="00B9431E"/>
+    <w:rsid w:val="00B979EF"/>
+    <w:rsid w:val="00BB41F8"/>
+    <w:rsid w:val="00BC5498"/>
+    <w:rsid w:val="00C370AC"/>
     <w:rsid w:val="00D92DBC"/>
+    <w:rsid w:val="00E3549E"/>
+    <w:rsid w:val="00EF4759"/>
     <w:rsid w:val="00F22D7F"/>
+    <w:rsid w:val="00F94CC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DA9B05A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4A9D33A1-9955-FF4A-9895-1B075F57C55F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3145,66 +7048,153 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista1">
     <w:name w:val="Aktuell lista1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F22D7F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ingetavstnd">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00301C84"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="002A66FB"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista2">
+    <w:name w:val="Aktuell lista2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00920436"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista3">
+    <w:name w:val="Aktuell lista3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00920436"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista4">
+    <w:name w:val="Aktuell lista4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00920436"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista5">
+    <w:name w:val="Aktuell lista5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00920436"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="17"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista6">
+    <w:name w:val="Aktuell lista6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BB41F8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="19"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Aktuelllista7">
+    <w:name w:val="Aktuell lista7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BB41F8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="20"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="t286pc">
+    <w:name w:val="t286pc"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00380B14"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vkekvd">
+    <w:name w:val="vkekvd"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00380B14"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BC5498"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3462,55 +7452,73 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1812</Characters>
+  <Pages>3</Pages>
+  <Words>1049</Words>
+  <Characters>5563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2149</CharactersWithSpaces>
+  <CharactersWithSpaces>6599</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Anna Sandström</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>